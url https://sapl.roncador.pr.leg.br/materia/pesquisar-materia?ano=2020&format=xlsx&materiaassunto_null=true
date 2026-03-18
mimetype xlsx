--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -54,2061 +54,2061 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro, Isaías Siqueira, Maria Bodnar Markiv</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_02.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_02.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, a aquisição de uniformes e equipamentos de EPIs para serem destinados aos servidores que prestam serviços de recolhimento do lixo em nossa cidade.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Isaías Siqueira, Sebastião Aparecido de Lima</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_02.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_02.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador e ao Senhor Jenauro Hruba, Secretário de Serviços Públicos, a reconstrução da ponte localizada entre a propriedade do Senhor Lúcio Punhak e do Senhor Dito Marques na comunidade de Rio Bonito.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_03.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_03.docx</t>
   </si>
   <si>
     <t>Indica a Exma. Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, a aquisição e distribuição de material escolar aos alunos da educação infantil, fundamental e médio, comprovadamente carentes.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Antonio Martins, Maria Apª Lopes Barroso da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1197/requerimento_04.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1197/requerimento_04.docx</t>
   </si>
   <si>
     <t>Indicamos a Exma. Senhora Marília Perota Bento Gonçalves, Prefeita Municipal de Roncador, para que ordene ao setor responsável a sinalização do estacionamento em frente à Igreja Nossa Senhora do Carmo, com a colocação de placa proibindo que veículos de grande porte estacione no local e a realização da pintura de faixas transversais no estacionamento de forma a ampliar o espaço do local.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>José Aparecido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_07.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_07.docx</t>
   </si>
   <si>
     <t>Indicamos a Exma. Senhora Marília Perota Bento Gonçalves, Prefeita Municipal de Roncador, solicitando a aquisição e instalação de aparelhos de ar condicionado, para serem destinados ao Hospital Municipal, se não for possível pelo ao menos que seja disponibilizado ventiladores para amenizar a situação enfrentada._x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 Considerando que estamos em um período muito quente e esses ambientes tem grandes corredores e são em sua maioria fechados, com poucos espaços para ventilação e por se tratar de um local onde as pessoas estão devido a algum problema de saúde o calor pode ser um agravante para estado destes pacientes.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Câmara Municipal de Roncador - CMR</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_05.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_05.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARÍLIA PEROTA BENTO GONÇALVES, Prefeita Municipal, para que realize uma limpeza no Distrito de Alto São João, no local denominado centro esportivo._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que o local é um espaço muito bem localizado, para o qual já solicitamos a construção de um centro esportivo para atender a comunidade, porém além do não atendimento a solicitação e não inclusão deste projeto nas leis orçamentárias, esse local se encontra em estado de abandono, com o mato tomando conta, muita sujeira, facilitando a proliferação de insetos causadores de doenças.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/</t>
+    <t>http://sapl.roncador.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Senhor Jenauro Hruba, Secretário de Serviços Públicos para a colocação de cascalho na estrada do Riso Liso nas proximidades da casa do Sr. Antonio Toneco e o seu Genro o Sr. Orlando._x000D_
 _x000D_
 Nos dias de chuva estes trechos fica praticamente intransitável, a necessidade que coloque o cascalho até a casa do Sr. Toneco.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_06.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_06.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exma. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, Prefeita de Roncador, para que providencie melhorias gerais na estrada do Distrito de Alto São João com manutenção do calçamento com pedras irregulares com rebaixamento da estrada, para melhoramento da via para realização de transporte de veículos de carga (caminhões). _x000D_
 _x000D_
 Justificativa_x000D_
 As comunidades rurais dependem das estradas para realizar todas as suas atividades, desde a mais simples até a mais complexa, por esta razão é necessário mantermos as estradas em boas condições, para que os moradores da zona rural possam desenvolver suas atividades com menos atribulações possíveis.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_09.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_09.docx</t>
   </si>
   <si>
     <t>Indicamos a Exma. Senhora Marília Perota Bento Gonçalves, Prefeita Municipal de Roncador, solicitando a aquisição e instalação de aparelhos de ar condicionado, para serem destinados a Sala do Empreendedor (Sine)._x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 Considerando que estamos em um período quente e estas salas recebem um grande número de pessoas em busca de emprego, isso faz com que o ambiente fique ainda mais quente, sendo necessário que a instalação de aparelhos de ar condicionado para que o ambiente seja mais agradável para receber os munícipes.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_10.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_10.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do art.130 do Regimento Interno, a presente Indicação, sugerindo a Senhora Prefeita MARILIA PEROTTA BENTO GONÇALVES, a proceder ordem de serviços a Secretário de Serviços Públicos Senhor JENAURO HRUBA, melhorias na Rua Bruno Mitelstedt (rua da autoescola) com a colocação de fresa ou a realização de calçamento com pedra irregular, porém se isso não for possível de imediato que pelo ao menos seja passado a máquina com o cascalhamento da rua. _x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 A situação da rua está bastante crítica com buracos e muita poeira o que ocasiona muitos transtornos aos usuários e também trazer riscos de acidentes aos usuários haja vista que o excesso de poeira e buracos nas vias públicas podem causar derrapagem e causar acidentes</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1205/indicacao_11.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1205/indicacao_11.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V. Exa., nos termos do art.130 do Regimento Interno, a presente Indicação, sugerindo a Senhora Prefeita MARILIA PEROTTA BENTO GONÇALVES, para ordenar ao Ilmo. Senhor JENAURO HRUBA, Secretário do Pátio a realização de melhorias na Rua Bruno Mitelstedt (rua da autoescola) com a máquina a pá da prefeitura para retirada da terra aglomerada num trecho que compreende a proximidade da casa do Senhor conhecido pelo vulgo “tatu”.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1206/indicacao_12.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1206/indicacao_12.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, Apresento a V. Exa., nos termos do art.130 do Regimento Interno, a presente Indicação, solicitando a Senhora Prefeita Marília Perotta Bento Gonçalves, para que ordene ao Setor do Pátio ao Senhor Jenauro Hruba, para que realize a melhoria na estrada do Rio Azul e a realização de limpeza das caixas de água instalada na comunidade, pois a mesmas estão com entupimentos e por esse motivo as águas estão invadindo a residência da Senhora Ivone Sabulzack o que ocasiona transtornos a família. _x000D_
 _x000D_
 Justificativa_x000D_
 	A comunidade do Rio Azul tem nos cobrado a realização destes serviços que são importantes para o bem-estar dos moradores. No que se refere a manutenção da estrada essa é primordial para desenvolvimento das atividades rurais, sendo necessário estarem em boas condições para retirada das safras</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Vereadores(as)</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1207/indicacao_13.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1207/indicacao_13.docx</t>
   </si>
   <si>
     <t>Indicação Nº13/2020._x000D_
 _x000D_
 Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação cobrando atendimento a reivindicação realizada a Exma. Senhora Marilia Perotta Bento Gonçalves, Prefeita Municipal de Roncador, solicitando a possibilidade de ser realizada a substituição (troca) do ônibus utilizado no transporte urbano Roncador/Jardim Anchieta, por um ônibus maior, se for possível que seja adquirido um ônibus biarticulado para ser utilizado na substituição do ônibus._x000D_
 Justificativa_x000D_
 Considerando que houve um aumento considerável da população no bairro do Jardim Anchieta é necessário à troca do ônibus, para caber todos os usuários. Atualmente o ônibus fica muito lotado e alguns munícipes acabam sendo deixados para trás, devido à grande lotação.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Maria Apª Lopes Barroso da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1208/indicacao_14.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1208/indicacao_14.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, Indicação a Senhora Marília Perotta Bento Gonçalves, para que proceda a aquisição e instalação de um bebedouro na Capela Mortuária._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando o período quente que estamos vivenciando é imprescindível disponibilizarmos bebedouros nos ambientes públicos, principalmente nestes locais onde reúne as famílias para prestarem a última homenagem para seus entes queridos e que por esta ocasião passam o dia no local e apesar de haver uma geladeira esta se torna insuficiente para realizar o resfriamento de água e atender a todos.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1209/indicacao_15.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1209/indicacao_15.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, Indicação a Senhora Marília Perotta Bento Gonçalves, para que ordene ao setor responsável a construção de quebra-molas (lombada),no Distrito de Alto São João, especificamente nas proximidades entre a propriedade do Sr. Nilo e Valdinei, saída para Iretama._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que as lombadas ainda tem sido uma alternativa eficiente na diminuição de acidentes de trânsito, principalmente em áreas residenciais.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1210/indicacao_16.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1210/indicacao_16.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, para que ordene ao setor responsável cascalhamento da estrada do Formoso num trecho em que corresponde a propriedade do Sr. Natalino até as proximidades da propriedade do Sr. Custódio._x000D_
 _x000D_
 Justificativa_x000D_
 As estradas são meios essenciais para retirada das safras, por isso é necessário que o município empregue uma atenção especial em sua manutenção e desta maneira os agricultores possam realizar a retirada das safras de forma tranquila, sem transtornos e prejuízos.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1211/indicacao_17.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1211/indicacao_17.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, para que ordene ao setor responsável a construção de um quebra-molas na Rua Paraná próximo a oficina do Botão e o cascalhamento desta rua no trecho em que não há calçamento._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que esta rua ainda tem um trecho onde não há asfalto ou calçamento, portanto é necessário que seja jogado cascalho para evitar que aglomere barro, especialmente em alguns pontos onde a água fica parada. A solicitação de cascalhamento é uma medida paliativa até que o município consiga realizar uma melhoria na rua em definitivo com asfaltamento ou mesmo calçamento.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1212/indicacao_18.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1212/indicacao_18.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, para que ordene ao setor responsável o cascalhamento da estrada localizada na comunidade do Santo Antonio, nas proximidades da propriedade do Sr. “Qui” e D. Elza Kalino. _x000D_
 _x000D_
 Justificativa_x000D_
 Um dos grandes problemas que nossas comunidades rurais enfrentam são as situações das estradas rurais, por essa razão estamos sempre recebendo reivindicação de melhorias em estradas, haja vista que estas são primordiais para auxiliar nas atividades desenvolvidas na área agrícola.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_19.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_19.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, solicitando que seja realizado um trabalho de tapa buraco, na estrada principal de Roncador ao Distrito de Alto São João utilizando sobra asfáltica que está sendo retirada das rodovias que estão sendo recuperadas. _x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que a estrada que liga o município ao Distrito de Alto São João, possui calçamentos com pedras poliédricas, porém com o passar dos anos, foram formando lombadas e buracos deixando a estrada intransitável. _x000D_
 Assim como todas as estradas rurais essa possui grande importância para retirada das safras e nesse período a comunidade sofre ainda mais com as condições da estrada, pois diariamente são muitos caminhões carregados e a quantidade de buracos dificulta o transporte, além de poder causar quebra dos veículos devido ao peso e a irregularidade da estrada.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_20.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_20.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, solicitando que seja priorizado os trabalhos de manutenção das estradas rurais de nosso município, para que os agricultores possam realizar o transporte das safras com maior tranquilidade. _x000D_
 _x000D_
 Justificativa_x000D_
 A maioria dos agricultores tem apresentado queixas com relação as condições das estradas rurais, as quais estão em péssimas condições, dificultando o trabalho de transporte das safras. O período da colheita está intenso, porém para que não haja atraso, com quebra de veículos é necessário realizar a manutenção das estradas para assegurar que as retiradas das safras ocorram sem transtornos e prejuízos aos agricultores.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Sebastião Aparecido de Lima</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_21.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_21.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, solicitando que seja realizado melhorias no carreador, localizado no Sitio Santa Rosa, comunidade do Encruzo Três Estrelas._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que os moradores da zona rural dependem das estradas para realizar suas atividades rurais, sendo, portanto, necessário realizar a recuperação destas estradas. E no caso da propriedade da Senhora Celma Sulz a entrada da estrada se encontra em péssimas condições, necessitando urgente de melhorias</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_22.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_22.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação a Senhora Marília Perotta Bento Gonçalves, Prefeita Municipal de Roncador, solicitando a possibilidade de ser colocado cascalho no pátio da Igreja do Distrito de Alto São João._x000D_
 _x000D_
 Justificativa._x000D_
 O local é de chão batido e quando ocorre eventos   fica um pouco complicado, pois se é dia de sol fica muito empoeirado e se é de chuva junta muita lama, causando muitos transtornos</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>Indicação a Senhora Prefeita municipal Marilia Perotta Bento Gonçalves, Solicitando informações sobre a quantidade de veículos pertencentes a prefeitura, quais deles estão em condição de uso e também as secretarias do município referente ao controle de combustíveis de cada veículo pertencente/utilizado pelas Secretaria._x000D_
 _x000D_
 Faz-se necessário sabermos da quantidade de veículos pertencentes á prefeitura e de como é feito o controle sobre o combustível gasto por cada uma das secretarias, pois consta que existem veículos (ônibus, caminhão) que os velocímetros não estaria funcionando corretamente e em algumas secretarias alguns veículos que estariam parados.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_27.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_27.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação ao Ilmo. Senhor JENAURO HRUBA, Secretário de Serviços Públicos, solicitando a realização de uma esplanada na comunidade do Jararaca, propriedade do Senhor Lauro Silva._x000D_
 _x000D_
 Justificativa._x000D_
 Os serviços a serem realizados deve-se ao fato de que esse agricultor necessita construir um barracão para desenvolver melhorias das atividades desenvolvidas na propriedade.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_28.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_28.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exa., nos termos do Art.130 do Regimento Interno da Câmara, indicação ao Ilmo. Senhor JENAURO HRUBA, Secretário de Serviços Públicos, para que providencie o cascalhamento da estrada do Senhor Miguel Vieira na comunidade de Vista Alegre.   _x000D_
 _x000D_
 Justificativa._x000D_
 Considerando que estamos em um período de retirada das safras e o proprietário assim como os demais usuários da estrada estão com dificuldades no transporte devido a atual condição da estrada.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos, Sebastião Aparecido de Lima</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_31.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_31.docx</t>
   </si>
   <si>
     <t>solicitando que ordene a limpeza do Cemitério localizado no Distrito de Alto São João e que seja realizado a manutenção com troca do portão do cemitério. _x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que estamos em um período onde vem ocorrendo muitas epidemias, inclusive a dengue por esse motivo é necessária que seja realizado de forma urgente a limpeza do cemitério, por isso possamos cuidar dos locais públicos, fazendo nossa parte para proteger a nossa população.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1230/indicacao_33.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1230/indicacao_33.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal, solicitando que seja prorrogado o prazo de cobrança dos impostos municipais, haja vista que neste momento de pandemia toda a economia está estacionada e atinge a todos os cidadãos._x000D_
 Justificativa_x000D_
 Considerando que estamos vivenciando um período de muitas mudanças em razão da pandemia que está ocorrendo e diante de toda a paralisação da economia o que está ocasionando muitas preocupações aos munícipe.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1231/indicacao_32.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1231/indicacao_32.docx</t>
   </si>
   <si>
     <t>Indicação a Senhora Prefeita Municipal, solicitando que seja providenciado manutenção e cascalhamento da estrada do Beira Rio no Distro de Alto São  João. _x000D_
 _x000D_
 A manutenção da estrada é necessária pois o alto tráfego de caminhões danificou a pista de rolamento tornando difícil o tráfego de qualquer tipo de veículos.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1233/indicacao_34.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1233/indicacao_34.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal, ao Chefe do Pátio José Zito Malamim, responsável pelo Setor do pátio municipal de Roncador, solicitando que sejam realizadas melhorias (cascalhamento) na Rua Sergipe no trecho que segue Avenida São Pedro até a Rua Padre Edemar Filisbino Caetano Pinto. _x000D_
 Justificativa_x000D_
 Considerando que o trecho desta rua não possui asfalto e por esta razão está cheia de buracos o que tem causado transtorno aos usuários da via pública.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1234/indicacao_35.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1234/indicacao_35.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marília Perotta Bento Gonçalves Prefeita Municipal, ao Ilmo. Senhor José Zito Malamin, responsável pelos serviços do pátio do Município solicitando que seja transportado um caminhão de cascalho até a residência do Senhor Márcio Kovalek na comunidade do Jardim Anchieta e que seja espalhado na entrada desta residência, pois formou-se uma grande cratera dificultando a chegada dos moradores ao local._x000D_
 _x000D_
 Justificativa_x000D_
 A colocação de um caminhão de cascalho em frente a essa residência solucionará um problema que vem causando transtornos aos moradores e não terá grandes custos ao município, pois já dispomos de caminhão e maquinários para realizar esse tipo de serviços, por esta razão uma demanda como esta da população</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>Antonio Martins, José Aparecido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1236/indicacao_37.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1236/indicacao_37.docx</t>
   </si>
   <si>
     <t>Indicação para que V. Exma. MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal e ao Sr. José Zito Malamim, Chefe do Pátio para que construa uma lombada na estrada principal do Distrito de Alto São João em um trecho que compreende o quilômetro seis desta estrada, onde está localizada uma comunidade._x000D_
 Justificativa_x000D_
 Considerando que a esta estrada rural possui uma grande movimentação de veículos e na maioria de grande porte, devido aos transportes das cargas agrícolas que é realizado por esta estrada e por existir neste local uma comunidade onde residem várias pessoas,</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1239/indicacao_38.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1239/indicacao_38.docx</t>
   </si>
   <si>
     <t>Indicação para que V. Exma. MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal solicitando que seja discutido junto aos proprietários do prédio onde funciona o Hospital Municipal de Roncador a fim de pedir para que baixem o valor do aluguel, pois neste tempo de pandemia, todos devem contribuir na redução de despesas, especialmente as relacionadas áreas de saúde.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1245/indicacao_43.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1245/indicacao_43.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita Municipal e ao Senhor José Zito Malamim, Secretário de Serviços Públicos para que providencie  serviços de tapa buracos na Rua Santo Antônio, em frente a oficina do Baianinho  na Rua São Joaquim próximo a oficina do Lula, na cidade de Roncador._x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 As ruas São Joaquim e Santo Antônio nos trechos citados tem enormes buracos, o que além de dificultar o tráfego no local ainda coloca em risco a vida dos usuários da via, haja vista que buracos nas pistas aumenta o risco de acidentes.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1246/indicacao_41.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1246/indicacao_41.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno Indico a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES,  cobrando atendimento a solicitação que seja incluso nos calendários municipais uma data especial com feriado facultativo ou mesmo que sejam desenvolvidas ações para homenagear as pessoas que foram vitimas das atrocidades ocorridas na Ucrânia nos períodos de 1932 e 1933. _x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 Considerando que temos em nossa cidade muitos conterrâneos da Ucrânia os quais vieram com seus pais e avós que deixaram sua terra natal evadindo de uma triste realidade, apesar de encontrarem em nosso país um alento e novas oportunidades, ficam entristecidos por aqueles que não tiveram a mesma sorte e que lá permaneceram e foram vitimados pelas atrocidades sofridas, por esta razão essa comunidade nos pede que destinemos um dia em nosso calendário municipal para lembrarmos-nos destas pessoas e prestarmos uma homenagem, demonstrando nossa gratidão e nossa solidariedade para com este povo, que não tiverem nem mesmo chance de lutarem pela sobrevivência.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_40.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_40.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno Indico a atendimento as reivindicações realizadas a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, de construção de abastecedouros no município de Roncador. _x000D_
 _x000D_
 Justificativa_x000D_
 _x000D_
 Considerando que somos um município essencialmente agrícola composto por grupos de pequenos agricultores, necessitamos desenvolver ações que visem atender essas comunidades e que tragam benefícios duradouros de forma a preservamos o meio de subsistência destas comunidades.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_47.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_47.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno, e a Exma. MARILIA PEROTTA BENTO GONÇALVES, a aquisição e instalação de duas Academias para Terceira Idade, para serem instaladas nas comunidades do Encruzo e Três Estrelas._x000D_
 _x000D_
 Considerando que os moradores das comunidades rurais, reivindicam o direito de terem equipamentos apropriados para praticarem exercícios físicos, especialmente as pessoas da Terceira Idade, os quais devido à idade possuem dificuldade de locomoção e por isso diminuem suas atividades físicas diárias, necessitando de um espaço apropriado para que possam se exercitar.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_44.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_44.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARÍLIA PEROTA BENTO GONÇALVES, Prefeita Municipal, pedindo para que seja construído uma quadra de basquete no Jardim Anchieta._x000D_
 _x000D_
 No Jardim foi construído um complexo esportivo com quadra de Society e também está sendo construído uma quadra de vôlei de areia, porém há muitas pessoas que são adeptas a prática do esporte de basquete por essa razão estamos pedindo que seja construído também uma quadra de basquete no Jardim, a exemplo da quadra que foi construída no local onde está sendo construído o parque do lago.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_45.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_45.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ao Ilmo. Senhor ROBERTO MENDES, Secretário de Esportes solicitando que realize um projeto de construção para construção de uma quadra de basquete no Jardim Anchieta.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_48.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_48.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1.º, inciso I, do Regimento Interno, indicação ao Diretor Antônio Carlos Amarante, Diretor de Agricultura do Município solicitando a liberação de um trator Ford 7630, deste departamento para uso dos produtores de leite e dos produtores do bicho da seda. _x000D_
 _x000D_
 Considerando que os produtores de leite e do bicho da seda demandam de muitos serviços de pequeno porte que depende de um trator. _x000D_
 Portanto é de conhecimento que o setor da agricultura dispõe deste veículo e que pode ser destinado para uso destes produtores, haja vista que o departamento de agricultura do município tem como um dos objetivos o fortalecimento e desenvolvimento de atividades que envolvam os pequenos produtores</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_57.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_57.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Marília Perotta Bento Gonçalves Prefeita e a Secretária de Educação, indicando disponibilizar uma sala equipada com computadores e internet para que seja utilizada pelos estudantes de Ensino a Distância do Distrito de Alto São João._x000D_
 Salientamos que essa reivindicação foi realizada no ano de 2018, porém neste momento que em estamos vivenciando com isolamento social a disponibilização de um local equipado com internet tornou-se primordial pois os estudantes precisam assistirem suas aulas através da plataforma digital e por isso estamos reforçando nosso pedido de disponibilização de internet para nossos estudantes, pois a maiorias deles vão ter o ano letivo prejudicado por falta de internet, mais uma razão para que nosso pedido seja analisado e atendido.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Vereadores(as), Amadeu Elizio Santos, Antonio Martins, Isaías Siqueira, José Aparecido da Silva, José Carlos da Silva Campos, Maria Apª Lopes Barroso da Silva, Maria Bodnar Markiv, Pedro Ferreira de Castro, Sebastião Aparecido de Lima</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_57.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_57.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Marília Perotta Bento Gonçalves Prefeita e a Secretária de Saúde, indicando que seja realizado um levantamento dos profissionais de saúde que estão atuando na frente de combate ao Covid-19 e verifique a possibilidade do município de pagar abono a estes profissionais, os quais estão sendo expostos diretamente e correm mais riscos de contaminação ao vírus._x000D_
 _x000D_
 Justificação._x000D_
 _x000D_
 Neste período de pandemia os profissionais de saúde estão trabalhando mais e se expondo a maiores riscos de contaminação, por esta razão pedimos que seja realizado um estudo para verificar a possibilidade de realizar pagamento de abono aos profissionais que estiverem atuando na linha de frente de combate a pandemia.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Isaías Siqueira, Amadeu Elizio Santos</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_54.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_54.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do Art. 130, §1.º, inciso I, do Regimento Interno a presente indicação a ser encaminhada ao Senhor Jose Zito Malamim, Secretário de Serviços Públicos de nosso município indicando a recuperação com cascalhamento da estrada de Vista Alegre, num trecho que se inicia na propriedade do Sr. Moraes seguindo até a Rodovia Vassilio Boiko (asfalto)._x000D_
 Justificação._x000D_
 A manutenção das estradas rurais tem sido uma das reivindicações constante dos moradores das comunidades rurais, pois estas são meios imprescindíveis para a realização das atividades desenvolvidas pelos munícipes que residem na zona rural._x000D_
 A estrada da comunidade de Vista Alegre está necessitando urgente de manutenção, salientamos, porém, que em alguns pontos da estrada os buracos existentes colocam em risco a vida dos usuários, sendo necessário medidas urgentes e rápidas para evitar que nossos munícipes venham sofrer acidentes,</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>Antonio Martins</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_53.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_53.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Prefeita, indicando a construção de um abrigo ponto de ônibus na entrada da cidade sentido Iretama/Roncador. _x000D_
 _x000D_
 Justificação._x000D_
 	 Considerando que houve alteração do itinerário dos ônibus da linha interurbana é necessário a construção de um abrigo neste local para que atenda os passageiros dos ônibus desta linha e também aos trabalhadores que prestam serviços na Unita, os quais precisam de um local apropriado para aguardarem a chegada do transporte, tendo em vista que neste local não tem nenhum tipo de proteção para que possam aguardar o ônibus e que os ônibus farão a linha subindo na Rua Padre Ziguimund Supieta, por esse motivo é  importante que  seja construído o abrigo no local indicado para que atenda esses usuários.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_59.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_59.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Prefeita, indicando atendimento a solicitando de instalação de manilhas para drenagem das águas pluviais, nas Ruas Sergipe e Felisbisno Caetano Pinto na cidade de Roncador e construção de calçamento com pedras irregulares._x000D_
 _x000D_
 Justificação._x000D_
 Considerando que estas ruas não possuem infraestrutura e necessitam de   sistema de galerias para canalizar as águas das enxurradas evitando que as águas empossem nas ruas formando buracos que trazem transtornos aos usuários das vias públicas.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/indicacao_60.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/indicacao_60.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Prefeita, para que encaminhe informações sobre a destinação das lâmpadas que serão retiradas da Avenida Santo Antônio na cidade de Roncador._x000D_
 _x000D_
 Justificação._x000D_
 Recentemente foi iniciado a revitalização da Avenida Santo Antônio com a troca de todas as lâmpadas, o que nos traz um questionamento sobre a destinação das lâmpadas que serão retiradas, as quais tiveram um custo considerável aos cofres públicos e que, portanto, não devem ser descartadas de forma que o município venha ter prejuízos.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/indicacao_61.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/indicacao_61.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Prefeita, reiterando suas solicitações de construção de abrigos, ou seja, locais com cobertura para que os usuários de ônibus possam utilizar para aguardarem a chegada do ônibus. Muitas pessoas se utilizam do transporte coletivo urbano em nossa cidade, porém com a finalidade de adequar um espaço para este público enquanto aguardam a chegada do ônibus, encaminhamos em meados do ano de 2017, solicitações de construção destes abrigos, com indicação dos locais a serem a construído.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>Isaías Siqueira</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/indicacao_62.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/indicacao_62.docx</t>
   </si>
   <si>
     <t>Vereador Isaias Marques Siqueira, apresenta a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada ao Senhor José Zito Malamim solicitar que seja realizado o cascalhamento na chegada da propriedade dos Senhores Venino Alves e do Senhor João dos Santos (João Canhoto), na comunidade de Vista Alegre._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 A estrada está em péssimas condições, portanto se faz necessário a melhoria com colocação de cascalho, pois se tratam de pontos que ficam muito escorregadios em dias chuvosos._x000D_
 Os moradores das comunidades rurais dependem das estradas para quase todas as suas atividades agrícolas por isso é necessário que estejam em boas condições.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/indicacao_63.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/indicacao_63.docx</t>
   </si>
   <si>
     <t>Isaías Marques Siqueira apresenta a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada ao Senhor José Zito Malamim solicitar que seja feita aumentado a largura da ponte conhecida como ponte do Marcheski, localizada na comunidade de Vista Alegre._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Os agricultores não estão conseguindo passar com as plantadeiras e colhedeiras pois a ponte é muito estreita e alguns agricultores estão precisando fazer caminhos alternativos muitas vezes por meio de plantações dos vizinhos e aumentando o caminho a ser percorrido em aproximadamente quinze quilômetros.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/indicacao_65.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/indicacao_65.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita, para que estude as possibilidades de conceder direito real de uso de terreno municipal para a Instituição Beneficente Regional de Roncador._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Considerando que essa Instituição possui finalidade filantrópica e vem realizando um trabalho em prol de toda a comunidade roncadorense auxiliando os atendimentos da saúde._x000D_
 A Instituição vem empenhando esforços para aumentar a demanda de atendimento a nossa população com atendimentos de especialistas, porém o custo para manutenção do local tem ser tornado elevado, por conta da necessidade pagamentos de aluguel e de outras atividades administrativas necessárias para seu funcionamento, por esta razão estamos solicitando ao Município que estude a possibilidade de conceder o direito de uso de um terreno municipal para que a Instituição possa construir um prédio.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/indicacao_66.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/indicacao_66.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, para que providencie cascalhamento nas estradas o Beira Rio e do Senhor Valdomiro Teixeira da Cruz._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Considerando que as estradas são meios primordiais para os moradores da área rural para desempenharem suas atividades, por esta razão necessitamos que o Município esteja sendo cuidando para que estas estejam em boas condições para não prejudicar os desenvolvimentos das atividades que são primordiais para a economia de nosso município.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/indicacao_67.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/indicacao_67.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, para providencie serviços de melhorias na Vila dos Borges no Distrito de Alto São João, Município de Roncador._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Por se tratar de um local onde há uma organização de várias famílias o local pede que sejam realizadas várias benfeitorias tais como cascalhamento da estrada, limpeza em caixas de água e outros que se fizerem necessário.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Maria Apª Lopes Barroso da Silva, Vereadores(as)</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/indicacao_64.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/indicacao_64.docx</t>
   </si>
   <si>
     <t>Indicação a ser encaminhada ao Senhor José Zito Malamim para que providencie infraestrutura com calçamento e galerias na Rua Bom Princípio localizada no bairro do Jardim Anchieta-Roncador/PR._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Considerando que estão sendo realizados melhorias em várias ruas do bairro é necessário a inclusão desta rua no projeto de melhorias, pois todos os moradores aguardam ansiosos as benfeitorias para valorização do local e também para que fiquem mais adequadas para que os usuários possam trafegar em ruas melhores com mais tranquilidade e segurança.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1294/indicacao_69.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1294/indicacao_69.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, para que providencie serviços de melhorias na estrada do Senhor Toneco, Distrito de Alto São João._x000D_
 Justificação_x000D_
 As melhorias das estradas são pedidos constantes que recebemos dos moradores das comunidades rurais, pois dependem destes meios para desenvolver suas atividades diárias._x000D_
 Por esta razão pedimos empenho da administração para realizar uma vistoria neste local para acompanhar as necessidades deste munícipe, haja vista que se as estradas estiverem em más condições causa muitos transtornos para o desenvolvimento das atividades agrícolas, além disso pode causar prejuízos,</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_70.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_70.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, para que providencie serviços de patrolamento nas estradas localizadas nas comunidades do Encruzo, Estrela e Água da Cruz, Município de Roncador._x000D_
 _x000D_
 Justificação_x000D_
 Diariamente somos cobrados por melhorias nas estradas, pois os agricultores dependem destes meios para realizarem suas atividades diárias, portanto se faz necessário que o município realize patrolamento das estradas para que os nossos agricultores não venham ter transtornos e dificuldades em realizar suas atividades.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/indicacao_68.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/indicacao_68.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, para que providencie serviços de construção bebedouros para os munícipes Senhor Brás e Cidinho ao lado da Vila Borges._x000D_
 _x000D_
 _x000D_
 Justificação_x000D_
 Infelizmente muitas de nossas comunidades sofrem com a escassez de água em tempos de estiagem e por esse motivo a comunidade pede que seja realizado serviços que possam amenizar as dificuldades nestes períodos. A construção de bebedouros é uma forma de armazenamento de água para tratamento da criação</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_72.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_72.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita solicitando a instalação de um sistema de escoamento das águas das chuvas, na entrada da cidade km 01 Rodovia Vassílio Boiko, sentido Roncador/Iretama._x000D_
 _x000D_
 Justificação_x000D_
 É necessário instalar manilhas para escoamento das águas da enxurrada que desaguam neste local e provocam muitos danos, especialmente danos ambientais, pois levam muita lama para as chácaras que estão localizadas na parte mais baixa deste terreno.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Isaías Siqueira, José Aparecido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_73.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_73.docx</t>
   </si>
   <si>
     <t>Indicação ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços públicos, solicitando que sejam cascalhados a estrada localizada na Comunidade Barro Preto, próximo a propriedade do Senhor João Cardoso. _x000D_
 _x000D_
 Justificação_x000D_
 _x000D_
 Embora tenha havido o cascalhamento de estrada na comunidade, foi constatado que restou um trecho de aproximadamente seiscentos metros (600 m) sem realizar o cascalhamento e isso tem trazido muitos transtornos ao morador, haja vista que o trecho fica muito liso dificultando a locomoção.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Maria Bodnar Markiv, José Aparecido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_71.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_71.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita e ao setor de Planejamento da Prefeitura Municipal para que providencie a organização das numerações dos endereços de nossa cidade.    _x000D_
 _x000D_
 Justificação_x000D_
 _x000D_
 As empresas de transporte, os correios e o próprio setor público (saúde) encontram muitas dificuldades em se localizar dentro de nossa cidade, pois há muitos anos foram realizadas as numerações das ruas de nossa cidade e com isso houve muitas novas construções e desta maneira não há uma sequência lógica dos endereços, isso causa muitos transtornos.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro, Antonio Martins, José Aparecido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_74.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_74.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora Marilia Perotta Bento Gonçalves, Prefeita, solicitando informações sobre as obras do Conjunto Geraldo Peron o porquê da paralisação e solicita que sejam tomadas providências imediatas para dar continuidade a obra pois os moradores estão sendo prejudicados com atual situação. _x000D_
 _x000D_
 Justificação_x000D_
 _x000D_
 Foram iniciadas as obras no Conjunto, porém houve paralisação sem haver nenhuma explicação e a população ficou com uma obra iniciada e a via com buracos sem sinalização causando dificuldade para entrarem com carros em suas residências.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_75.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_75.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora Marilia Perotta Bento Gonçalves, Prefeita, solicitando que seja ordenado a realização de uma operação tapa buracos na Ruas Paraná e São Paulo e nas demais ruas da cidade que estiverem nas mesmas situações com muito buracos. _x000D_
 _x000D_
 Justificação_x000D_
 Considerando que se não houver a manutenção das vias públicas estas ficarão cada vez mais difíceis de recuperar, então é necessário que seja feito essa operação tapa buracos pois a população está indignada com a situação das vias.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/indicacao_76.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/indicacao_76.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor JOSÉ ZITO MALAMIM, Secretário de Serviços Públicos, solicitando que seja feito uma esplanada na propriedade do Senhor Darcy Werneck, para construção de um barracão para criação do bicho da seda.   _x000D_
 _x000D_
 Justificação_x000D_
 O proprietário necessita que o município realize o trabalho de esplanada, para que possa fazer investimentos de construção de um barracão para criação do bicho da seda.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/indicacao_79.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/indicacao_79.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, DD. Prefeita, solicitando que seja reformado o prédio onde funciona a Rodoviária do Município de Roncador._x000D_
 	_x000D_
 Justificação_x000D_
 O Prédio é a primeira impressão que os visitantes têm de nossa cidade, pois esse é ponto de embarque e desembarque de passageiros rodoviários, sendo necessário uma melhoria no prédio, com pintura, reformas, para ficar bem apresentável e que forneça mais comodidade para atender aos usuários.</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/indicacao_78.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/indicacao_78.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor JOSÉ ZITO MALAMIM, Secretário de Serviços Públicos, solicitando que seja instalado um sistema de saída de águas no calçamento na Rua Paraná próximo a cada do Senhor Nelson ”pescador” em nossa cidade._x000D_
 	_x000D_
 Justificação_x000D_
 Trata-se de um local baixo da rua e por esta razão as águas da chuva acumulam neste local e invadem a residência do Senhor Nelson e isso causa transtornos e prejuízos. _x000D_
 É necessário que a prefeitura tome providências para canalizar estas águas e evitar que a cada chuva os moradores sofram com este problema.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_80.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_80.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor JOSÉ ZITO MALAMIN, Secretário de Serviços Públicos, solicitando que realize serviços de cascalhamento da entrada da propriedade do Senhor Nicolau Piaceski, final da Rua São Joaquim, cidade de Roncador/PR._x000D_
 Justificação_x000D_
 Considerando que este trecho se encontra bastante crítico com algumas valetas, por isso é necessário que seja feito cascalhamento para facilitar o acesso a propriedade e deixar a rua em melhores condições de tráfego</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_81.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_81.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora Marilia Perotta Bento Gonçalves, solicitando que seja efetuada a coleta de lixo na comunidade de Barriquinha, começando da entrada da comunidade seguindo até o Campo de Futebol._x000D_
 _x000D_
 	_x000D_
 Justificação_x000D_
 Considerando que há um aumento considerável na produção de lixo e que a comunidade apesar de ser considerada rural, possui um aspecto urbano e as famílias vivem com costumes muitos semelhantes, essas similaridades requer tratamentos igualitários, pois a comunidade se depara com um problema parecido com o urbano que é o descarte do lixo.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/indicacao_83.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/indicacao_83.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor José Zito Malamim, solicitando que seja realizado serviços de parolamento na estrada (que estradas seja cortada) com cascalhamento da estrada na propriedade do Senhor Nilton Silva, na comunidade de Jararaca.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Pedro Ferreira de Castro</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/indicacao_77.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/indicacao_77.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor JOSÉ ZITO MALAMIM, Secretário de Serviços Públicos, solicitando que seja cascalhado as estradas de Aterrado do Alto e Formoso, essas estradas contemplam os seguintes moradores: Eugênio Slobojam, Mario Ferri, Rodrigo Ferri, José Costin, João Costin e Natalino funcionário do Senhor português.   _x000D_
 	_x000D_
 Justificação_x000D_
 A estradas rurais são os meios necessários para que os agricultores possam desenvolver suas atividades por isso é necessário que seja feita a manutenção regularmente. _x000D_
 O cascalhamento das estradas rurais é importante para que a estrada não fique tão escorregadia, o que é um problema para os agricultores que muitas vezes trafegam com caminhões carregados.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro, Vereadores(as), José Aparecido da Silva, José Carlos da Silva Campos</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARÍLIA PEROTA BENTO GONÇALVES, Prefeita solicitando que seja estudado as possibilidades de se disponibilizar internet em algumas comunidades rurais, pois os estudantes estão enfrentando muitas dificuldades para estudar, devido a pandemia ocasionada pelo Coronavírus. _x000D_
 _x000D_
 	_x000D_
 Justificação_x000D_
 Infelizmente muitos estudantes estão correndo risco de perderem o ano letivo por não terem acesso à internet e isso tem sido uma grande preocupação._x000D_
 Sabe-se que as aulas estão sendo disponibilizadas online e o acesso à internet tornou-se uma necessidade básica dos cidadãos, especialmente para os jovens em idade escolares.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/indicacao_82.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/indicacao_82.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação ao Ilmo. Senhor José Zito Malamim, Secretário de Serviços Públicos, solicitando que seja realizado cascalhamento na estrada entrada da comunidade do Cateto, estrada do Cancã de Baixo e do Assentamento Rio Azul e que seja arrumado a vila do cateto._x000D_
 _x000D_
 Justificação_x000D_
 Considerando que estas estradas são as principais vias de acesso as comunidades e estes trechos quando não estão cascalhados ficam muito escorregadios fazendo com que os veículos derrapem e expondo os usuários a riscos de acidentes._x000D_
 Além da distribuição do cascalho na estrada é necessário que seja passado o rolo compressor para que as pedras não fiquem soltas, pois isso também dificulta o tráfego.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/indicacao_87.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/indicacao_87.docx</t>
   </si>
   <si>
     <t>indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, e ao Ilmo. Carlos Antônio Amarante, Diretor de Agricultura do Município, solicitando que seja adquirido distribuidor de calcário para Associação ACOPAS do Distrito de Alto São João._x000D_
 _x000D_
 Considerando que o calcário é um importante componente para correção da acidez do solo e conforme descrito pelo site Agropos¹, o calcário traz inúmeros benefícios na aplicação agrícola, tais como melhoramento dos atributos físicos do solo gerando melhor aeração, melhor circulação de água; aumento da ação de fertilizantes impedindo seu desperdício. A ação do Calcário reduz a quantidade de elementos nocivos, permitindo maior circulação de água e melhor desenvolvimento das raízes, e em decorrência disso a sua ação impacta diretamente no aumento da produtividade das culturas, pois proporciona o aumento da atividade dos microrganismos, fazendo com a que a adubação renda mais.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/indicacao_88.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/indicacao_88.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, e ao Ilmo. Carlos Antônio Amarante, Diretor de Agricultura do Município, solicitando que seja adquirido um distribuidor de calcário para Associação do Encruzo, Município de Roncador._x000D_
 _x000D_
 Considerando que o calcário é um importante componente para correção da acidez do solo e conforme descrito pelo site Agropos¹, o calcário traz inúmeros benefícios na aplicação agrícola, tais como melhoramento dos atributos físicos do solo gerando melhor aeração, melhor circulação de água; aumento da ação de fertilizantes impedindo seu desperdício.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/indicacao_90.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/indicacao_90.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, e ao Ilmo. Carlos Antônio Amarante, Diretor de Agricultura do Município, solicitando que seja adquirido e doado a Associação do Encruzo o implemento agrícola subsolador. _x000D_
 _x000D_
 Considerando que são inúmeras etapas que antecede a uma boa safra, assim como todos os processos a subsolagem do solo é de grande importância para garantir que todos os esforços empenhados alcancem seus objetivos.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/indicacao_91.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/indicacao_91.docx</t>
   </si>
   <si>
     <t>indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, indica que seja construído dois quebra-molas na Rua Paraná sendo nas proximidades da Oficina do Burka._x000D_
 Considerando que os quebra-molas não possuem um alto custo para sua construção e são eficazes na redução da velocidade, diminuindo os riscos de acidentes no local.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/indicacao_92.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/indicacao_92.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal juntamente com o diretor de agricultura solicitando para que seja providenciado à entrega em, caráter de urgência, do calcário recebido pelo município, atualmente estocado em terreno próximo a propriedade do Senhor Tiago Silveira Pinto e que será utilizado no preparo de solo de pequenos agricultores.  _x000D_
 _x000D_
 _x000D_
 Faz-se necessária a entrega do produto em questão, levando em conta que o mesmo está armazenado ao ar livre, vem sofrendo com as intempéries, o vento está carregando/espalhando o produto pelas casas aos arredores afetando diretamente os moradores locais.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/indicacao_93.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/indicacao_93.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARÍLIA PEROTA BENTO GONÇALVES, Prefeita, indicando que seja construído dois quebra-molas na rua Misioti localizada na lateral do cemitério, próximo as casas germinadas._x000D_
 Considerando que os quebra-molas não possuem um alto custo para sua construção e são eficazes na redução da velocidade, diminuindo os riscos de acidentes no local._x000D_
 Por se tratar de um bairro residencial notamos muitas crianças brincando nesta localidade uma razão ainda maior para nos preocuparmos com os carros que estejam trafegando em alta velocidade neste local, sendo necessário a construção de quebra-molas para que os moradores possam ficar mais tranquilos</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/indicacao_94.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/indicacao_94.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, cobrando atendimento da solicitando a aquisição de uma academia adaptada para os deficientes físicos, para ser instalada na praça central de nossa cidade. _x000D_
 _x000D_
 É perceptível que não dispomos de locais adaptados para atender os deficientes físicos, por essa razão estamos propondo esse projeto que visa atingir a esse público que precisa de ações que os integre a sociedade.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/indicacao_86.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/indicacao_86.docx</t>
   </si>
   <si>
     <t>indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, solicitando que seja readequado e construído canteiros nas laterais da Avenida São Pedro, subida no Jardim Anchieta._x000D_
 _x000D_
 Neste trecho da Avenida São Pedro tem duas laterais são utilizadas passagens para pedestres e por possuírem um grande espaço, é interessante que o município construa canteiros deixando as laterais da pista mais bonita e bem cuidada para uso da população.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/indicacao_85.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/indicacao_85.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARÍLIA PEROTA BENTO GONÇALVES, Prefeita solicitando que seja adquirido e instalado um parque infantil (playground), no centro poliesportivo do Jardim Anchieta._x000D_
 	_x000D_
 Considerando que o centro poliesportivo está sendo construído para atender a variados públicos, sendo contemplado com equipamentos adequados com equipamentos de ginástica para terceira idade, quadras para futebol e vôlei de areia, porém se faz necessário a instalação de playground para atender ao público infantil.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/indicacao_89.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/indicacao_89.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, e ao Ilmo. Carlos Antônio Amarante, Diretor de Agricultura do Município, solicitando realizado a distribuição de calcário para Associação do Encruzo, Município de Roncador._x000D_
 _x000D_
 Considerando que o calcário é um importante componente para correção da acidez do solo e conforme descrito pelo site Agropos¹, o calcário traz inúmeros benefícios na aplicação agrícola, tais como melhoramento dos atributos físicos do solo gerando melhor aeração, melhor circulação de água; aumento da ação de fertilizantes impedindo seu desperdício.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/indicacao_87.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/indicacao_87.docx</t>
   </si>
   <si>
     <t>Indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, e ao Ilmo. Senhor José Zito Malamim, Chefe do Pátio, solicitando que seja realizado cascalhamento nas entradas das residências da Vila Rural do Distrito de Alto São João._x000D_
 _x000D_
 Considerando que a Vila Rural é um bairro residencial e as entradas das residências são de chão batido, por isso é necessário a distribuição de cascalho para evitar a formação de buracos o que dificulta o acesso as residências.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/indicacao_95.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/indicacao_95.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, os vereadores que esta subscreve, com fundamento no art. art. 130, §1º, I, do Regimento Interno desta Casa de Leis, apresentam esta indicação à Excelentíssima Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita do Município de Roncador, para que seja realizado ao Regime próprio de previdência (PREVISRON), o pagamento das contribuições previdenciárias patronais, exercício de 2020.  _x000D_
 _x000D_
 Considerando o momento em que vivemos em razão do COVID-19, por precaução para que não houvesse prejuízos ao pagamento de salário e décimo terceiro do funcionalismo, foi aprovada a Lei Municipal nº 1.308/2020 autorizando a suspensão das obrigações patronais de responsabilidade do município, até o final deste ano.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/indicacao_96.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/indicacao_96.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, os vereadores que esta subscreve, com fundamento no art. art. 130, §1º, I, do Regimento Interno desta Casa de Leis, apresentam esta indicação ao Ilmo. Senhor Richard Hatworne, responsável pela lotérica de Roncador solicitando que seja disponibilizado um espaço mais amplo com cadeiras para acomodar as pessoas que necessitem de atendimentos prioritários na casa lotérica de nossa cidade, solicita também se possível que seja instalado uma cobertura para proteger as pessoas enquanto aguardem os atendimentos e que seja adotado o sistema de distribuição de senhas para agilizar os atendimentos.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/indicacao_97.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/indicacao_97.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, os vereadores que esta subscreve, com fundamento no art. art. 130, §1º, I, do Regimento Interno desta Casa de Leis, apresento a indicação a Senhora Marilia Perotta Bento Gonçalves, Prefeita, solicitando informações sobre uma lista de móveis do posto de saúde que estão sendo destinado para uso do hospital, informando se os mesmos permanecerão etiquetados como bens do patrimônio público, solicita informações sobre os valores dos móveis novos que foram adquiridos. _x000D_
 _x000D_
 Considerando que os móveis seminovos foram transferidos para uso do hospital que é alugado pelo município, é necessário saber se estes móveis continuarão com etiquetas de patrimônio público para que num possível termino de contrato estes sejam devolvidos.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/indicacao_91.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/indicacao_91.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTA BENTO GONÇALVES, Prefeita, indica que seja construído dois quebra-molas na Rua Paraná e também que seja arrumado as galerias desta rua nas proximidades da Oficina do Botão.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro, José Carlos da Silva Campos</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/indicacao_102.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/indicacao_102.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal solicitando  juntamente com o senhor José Zito Malamim, Secretário de Serviços Públicos para que providenciem a construção de um quebra-molas na Rua Paranaguá em frente a mercearia do Sr. Antônio Mendes._x000D_
 _x000D_
 Justificativa_x000D_
 Por se tratar de uma via preferencial, muitos veículos trafegam em alta velocidade por esse motivo está ocorrendo muitos acidentes, especialmente neste local da via.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/indicacao_103.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/indicacao_103.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal, indicando a reforma do prédio onde funciona o Conselho Tutelar de Roncador, com a construção de muro com grades._x000D_
 _x000D_
 Justificativa_x000D_
 O prédio do Conselho Tutelar, está necessitando urgente de reforma pois o mesmo se encontra em péssimas condições. É preciso construir muro deixando espaço mais organizado para ter um local adequado para realizar os atendimentos à população.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/indicacao_104.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/indicacao_104.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal, indicando a reforma do prédio do CMEI Dente de Leite, localizado na Rua Curitiba, Roncador/PR._x000D_
 _x000D_
 Justificativa_x000D_
 Atualmente o local onde funciona o CMEI Dente de Leite está apresentando alguns problemas nas paredes e observamos que o beiral do telhado está caindo.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal, indicando o fornecimento de alimentos aos professores e servidores das escolas municipais, neste período em que estão trabalhando até as 14h._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que estão trabalhando nos horários estabelecidos pela prefeitura municipal por conta da pandemia, os quais se    estendem até as 14h e esses profissionais ficam sem se alimentar por um período muito longo o que é prejudicial à saúde.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/indicacao_106.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/indicacao_106.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal solicitando  juntamente com o senhor José Zito Malamim, Secretário de Serviços Públicos para que providenciem a construção de um quebra-molas na Avenida Santo Antonio, próximo à casa da Senhora Bernadete, essa localidade deve se ao fato de que é um ponto estratégico para que os motoristas reduzam a velocidade._x000D_
 _x000D_
 Justificativa_x000D_
 Por se tratar de uma via preferencial, muitos veículos trafegam em alta velocidade por esse motivo está ocorrendo muitos acidentes, especialmente neste local da via.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
     <t>Pedro Ferreira de Castro, Maria Apª Lopes Barroso da Silva</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/indicacao_101.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/indicacao_101.docx</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal solicitando que seja liberado o transporte urbano linha Roncador/Jardim Anchieta. _x000D_
 _x000D_
 Justificativa_x000D_
 O transporte urbano realizado na linha do Jardim Anchieta é muito importante para a comunidade, haja vista que muitos trabalhadores precisam deste transporte especialmente nos horários de almoço, pois tem aproximadamente uma hora para almoçarem e retornarem ao trabalho e por não possuírem veículo fica muito complicado, perdem quase toda hora somente em caminhadas.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos, Vereadores(as), Amadeu Elizio Santos, Antonio Martins, José Aparecido da Silva</t>
   </si>
   <si>
     <t>Indicação à Senhora Marilia Perotta Bento Gonçalves Prefeita Municipal solicitando que juntamente com o setor de planejamento urbano de nossa cidade, para que realize estudos do melhor ponto e instale um semáforo, na Avenida São Pedro no ponto em de intersecção com a Avenida Santo Antônio na área central da cidade, próximo ao posto do José Carlos Flora._x000D_
 _x000D_
 Justificativa_x000D_
 Conforme podemos observar no CTB (Código de Transito Brasileiro) é responsabilidade do município, promover a sinalização das vias públicas._x000D_
 Diante disso, estamos solicitando que o setor urbano do município para realize estudos e providencie a sinalização desta via pública,</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/indicacao_108.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/indicacao_108.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação à Ilustríssima Senhora SIMONE APARECIDA GONÇALVES, Secretária de Saúde do Município de Roncador/PR para que verifique, e se existir, providencie lista com a relação dos servidores que estão prestando serviços na referida secretaria e que estejam em desvio de função._x000D_
 _x000D_
 Justificativa_x000D_
 Embora não exista uma lei específica que trate a respeito do desvio de função, no edital de abertura do concurso público, que é considerado a “lei” do certame, descreve a habilitação exigida para o exercício dos cargos e as atribuições correspondentes.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/indicacao_109.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/indicacao_109.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador e ao Ilmo. Senhor ROBERTO MENDES, Secretário de Esporte do Município, indicando a substituição do mastro/poste para rede de voleibol e também a aquisição de uma rede de voleibol e de um bebedouro para ser destinado ao Ginásio Silvestre Kuchla, município de Roncador/PR.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/indicacao_111.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/indicacao_111.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, solicitando que seja perfurado um poço artesiano na comunidade Estrela, Município de Roncador.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_110.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_110.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, solicitando a aquisição de aquisição de um alambrado e de mudas de gramas para ser destinado ao campo de futebol da comunidade Faxinalzinho. _x000D_
 _x000D_
 Justificativa_x000D_
 	A Comunidade não dispõe de muitos espaços apropriados para o lazer, portanto o campo de futebol é a única alternativa, no entanto é necessário que seja realizado melhorias no com a colocação de alambrado e a plantação de grama, adequando o espaço para uso da comunidade.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_113.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_113.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, solicitando que seja realizado melhorias nas estradas principal que liga a sede do Município ao Distrito de Alto São João._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que a estrada principal do Distrito de Alto São João está necessitando urgente de melhorias, pois possui um trafego bastante intenso de carros de grande porte, fazendo com que haja maior danos a estrada por esta razão necessita realizar melhorias para que os usuários não sejam prejudicados na utilização da estrada</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_112.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_112.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, solicitando que seja adquirido um caminhão limpa fossa._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que os serviços de limpeza de fossa se torna bastante caros aos cofres públicos é necessário que o município se disponha de um veículo equipado para atender a demanda deste serviço, evitando-se assim a contratação de serviços de terceiros para realização deste trabalho.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/indicacao_114.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/indicacao_114.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, requer solicitando a perfuração de poços artesianos nas comunidades Serafim, Família Borges e no Distrito de Alto São João._x000D_
 _x000D_
 Justificativa_x000D_
 Estamos vivenciando uma crise hídrica em nossa região e muitas famílias estão sendo assoladas pela falta de água, no entanto é sabido que em nossos subsolos ainda contamos com água potável, porém são necessários recursos financeiros para se realizar a perfuração de poços artesianos.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/indicacao_115.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/indicacao_115.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, indicando a realização de serviços de melhorias nas ruas do Distrito de Alto São João com o calçamento com pedras poliédricas em todas as ruas do Distrito._x000D_
 _x000D_
 Justificativa_x000D_
 Considerando que a maioria das ruas do distrito ainda são de chão batido, possuindo apenas cascalhamento, porém é necessário que seja realizado melhorias com infraestrutura e calçamentos com pedras poliédricas. _x000D_
 A Câmara Municipal de Roncador na pessoa do Presidente- deste legislativo estará devolvendo ao município um valor considerável no dia 31 de dezembro deste ano, por essa razão reivindicamos que parte destes recursos sejam aplicados nos calçamentos como pedras poliédricas das ruas do Distrito de Alto São João.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
     <t>Câmara Municipal de Roncador - CMR, Amadeu Elizio Santos, Antonio Martins, Isaías Siqueira, José Aparecido da Silva, José Carlos da Silva Campos, Maria Apª Lopes Barroso da Silva, Maria Bodnar Markiv, Pedro Ferreira de Castro, Sebastião Aparecido de Lima</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/indicacao_116.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/indicacao_116.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, apresento a V. Exma., nos termos do Art.130 do Regimento Interno da Câmara, a presente Indicação a Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, DD. Prefeita Municipal de Roncador, indicando que seja utilizado parte dos recursos devolvidos pelo poder legislativo, seja investido na reforma da quadra da Escola Afonso Camargo do Distrito de Alto São João._x000D_
 _x000D_
 Justificativa_x000D_
 A Câmara Municipal de Roncador na pessoa do Presidente- deste legislativo estará devolvendo ao município um valor considerável no dia 31 de dezembro deste ano, por essa razão reivindicamos que parte destes recursos sejam investidos na reforma da quadra da escola municipal Afonso Camargo do Distrito de Alto São João.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t xml:space="preserve">Projeto de Lei do Executivo </t>
   </si>
   <si>
     <t xml:space="preserve">Poder Executivo </t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1195/2020_02_14_14_22_32.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1195/2020_02_14_14_22_32.pdf</t>
   </si>
   <si>
     <t>Concede "Ad referendum" ao acordo extrajudicial para indenização por serviços prestados conforme processo licitatório Pregão Presencial 42/2017, firmado entre o Município de Roncador e a empresa SANDRA APARECIDA FERNANDES FARIAS-ME, com vista a dar quitação e evitar demanda judicial, e dá outras providências.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1196/2020_02_14_14_30_33.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1196/2020_02_14_14_30_33.pdf</t>
   </si>
   <si>
     <t>Altera os anexos I e II da Lei Municipal nº927/2010, reajustando o valor do piso salarial dos Servidores Efetivos ocupantes do quadro Magistério para o Ano de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1227/2020_03_23_14_21_15.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1227/2020_03_23_14_21_15.pdf</t>
   </si>
   <si>
     <t>Altera o art.1º da Lei Municipal nº1.290/2019, que autoriza o Poder Executivo a contratar operação de crédito com o BRDE-Banco Regional de Desenvolvimento do Extremo Sul e dá outras providências.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>Dispõe sobre a Inclusão de Metas e Prioridades na Lei Municipal nº1217/2017 e na Lei Municipal 1272/2019 LDO-Lei de Diretrizes Orçamentárias para o exercício de 2020 e autoriza abrir crédito Adicional Especial no Exercício de de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1229/2020_03_23_14_27_54.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1229/2020_03_23_14_27_54.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a abertura de Crédito Adicional Suplementar no Exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1232/2020_04_23_08_55_46.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1232/2020_04_23_08_55_46.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão de metas e prioridades na Lei Municipal nº 1217/2010 PPA e Lei Municipal 1286/2019 LDO exercício de 2020 e autoriza abrir crédito adicional especial no exercício de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1237/2020_05_03_14_06_07.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1237/2020_05_03_14_06_07.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste anual da remuneração dos servidores públicos do poder executivo Municipal, nos ternos $2º do art. 48 C/C com caput do art. 207 da Lei Municipal Complementar nº 791/2005,art. 22 Paragrafo único, inciso I,da L.C.  nº101/2000 e do inciso X do art. 37 da Constituição Federal, e dá outras providencias</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1238/2020_05_03_14_06_07.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1238/2020_05_03_14_06_07.pdf</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei de Diretrizes Orçamentárias para o Exercício de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/2020_06_24_16_49_27.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/2020_06_24_16_49_27.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a instituir o Programa de Recuperação de Créditos Tributários do Município, em caráter excepcional, em virtude do Estado de Calamidade Pública decretado em âmbito nacional e como medida de enfrentamento a Pandemia do novo coronavírus denominado REFIS-COVID-19, e dá outras providências.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/2020_06_30_13_50_20.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/2020_06_30_13_50_20.pdf</t>
   </si>
   <si>
     <t>Revoga, altera e acrescenta disposições da Lei Municipal nº886/2009 e dá outras providências.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/2020_07_22_11_18_26.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/2020_07_22_11_18_26.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder abono extraordinário aos servidores públicos que estão atuando diretamente no combate ao COVID-19, e dá outras providências.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/2020_06_30_13_50_20.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/2020_06_30_13_50_20.pdf</t>
   </si>
   <si>
     <t>Autoriza a suspensão do recolhimento das contribuições previdenciárias patronais do Município de Roncador ao regime próprio de Previdência (Previsron), nos termos da Lei Complementar nº173/2020.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/2020_07_22_11_22_28.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/2020_07_22_11_22_28.pdf</t>
   </si>
   <si>
     <t>Autoriza a suspensão do recolhimento das contribuições previdenciárias patronais do Município de Roncador ao Regime próprio de Previdência (PREVISRON), nos termos da Lei Complementar nº173/2020.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/2020_08_05_14_22_47.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/2020_08_05_14_22_47.pdf</t>
   </si>
   <si>
     <t>Concede "Ad referendum" ao acordo extrajudicial para indenização por danos de pequena monta, decorrentes da responsabilidade objetiva da administração pública, firmado entre o Município de Roncador e o aceitante com visas a evitar demanda judicial e dá outras providências.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/2020_09_17_13_49_18.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/2020_09_17_13_49_18.pdf</t>
   </si>
   <si>
     <t>Altera disposição da Lei nº929/2010 a fim de incluir à referida norma, o anexo I, regulamentando a descrição das atribuições dos cargos comissionados, bem como extingue os cargos de Diretor do SINE, Diretor do Banco Social e Chefe da Unidade do Detran e  dá outras providências</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/2020_11_10_11_00_34.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/2020_11_10_11_00_34.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a conceder abono extraordinário aos servidores públicos que estão atuando diretamente no combate ao COVID-19 relativo aos meses de outubro a dezembro de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/2020_11_25_10_30_38.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/2020_11_25_10_30_38.pdf</t>
   </si>
   <si>
     <t>Concede "Ad referendum" ao acordo extrajudicial para quitação de valores pendentes relativo á contribuição para o Fórum Territorial de Desenvolvimento Paraná Centro, gerido pela Associação dos Municípios do Centro do Paraná-AMOCENTRO, dos exercícios 2014 a 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/2020_11_25_11_00_02.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/2020_11_25_11_00_02.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo, por meio de sua procuradoria, a promover acordo judicial individualmente com cada parte interessada constante do polo passivo nos autos nº0024887-61.2019.8.16.0096, tramitando perante a Vara da Fazenda Pública da Comarca de Iretama- Paraná, e dá outras providências.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/2020_12_07_15_03_54.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/2020_12_07_15_03_54.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a firmar acordo extrajudicial com o Sr. JORGE ANTONIO MOREIRA, empreendedor dos loteamentos  Santa Rita e Araucária, com autorização de aporte por parte do Município,  no valor de R$25.000,00(vinte cinco mil reais), para fins de instalação de luminárias de LED nos respectivos loteamentos, visando concluir as obras de infraestrutura do Sistema de Iluminação Pública dos mesmos, e dá outras providências.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/2020_12_18_14_38_50.pdf</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/2020_12_18_14_38_50.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº400 de 24 de dezembro de 1997, que Institui o Conselho Municipal do Trabalho, Emprego e Renda e o respectivo Fundo Municipal do Trabalho do Município de Roncador, e dá outras providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de lei do Legislativo</t>
   </si>
   <si>
     <t>CATFOP - Administração Tributária,Financeira, Orçamentária e Pública</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_01.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_01.docx</t>
   </si>
   <si>
     <t>Fixa o subsídio do Prefeito, Vice-Prefeito e dos Secretários Municipais para o período da Legislatura 2021-2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_01.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_01.docx</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1217/projeto_de_lei_02.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1217/projeto_de_lei_02.docx</t>
   </si>
   <si>
     <t>Fixa os valores dos subsídios dos Vereadores para a legislatura de 2021/2024 e dá outras providências.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/alteracao_de_lei_1026_2013_percurso_de_onibus.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/alteracao_de_lei_1026_2013_percurso_de_onibus.docx</t>
   </si>
   <si>
     <t>Altera o § 1º e inciso I Artigo 2º da Lei Municipal nº1026/2013, que dispõe sobre o percurso para os ônibus que fazem a linha interurbana no Município de Roncador.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>Antonio Martins, Sebastião Aparecido de Lima, Vereadores(as)</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/demominacao_de_parque_do_lago.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/demominacao_de_parque_do_lago.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DO PARQUE DO LAGO DO MUNICÍPIO DE RONCADOR E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>Amadeu Elizio Santos, Antonio Martins, José Aparecido da Silva, José Carlos da Silva Campos, Maria Apª Lopes Barroso da Silva, Maria Bodnar Markiv, Sebastião Aparecido de Lima, Vereadores(as)</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/redutores_de_ar_hidrometro.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/redutores_de_ar_hidrometro.docx</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre a instalação de equipamento eliminador de ar na tubulação do sistema de abastecimento de água do Município de Roncador e dá outras providências.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/projeto_de_lei_-_tarifa_minima.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/projeto_de_lei_-_tarifa_minima.docx</t>
   </si>
   <si>
     <t>Proíbe à concessionária do serviço municipal de abastecimento de água e de esgotamento sanitário do Município de Roncador/PR a fixação e a cobrança de valor ou outra taxa mínima e dá outras providências.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/porjeto_de_lei__08_-denominacao_da_praca_recre_hq63aNv.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/porjeto_de_lei__08_-denominacao_da_praca_recre_hq63aNv.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA PRAÇA RECREATIVA DO DISTRITO DE ALTO SÃO JOÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Parque do Lago do Município de Roncador e dá outras providências.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_05.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_05.docx</t>
   </si>
   <si>
     <t>Os Vereadores da Câmara Municipal de Roncador, vem em conformidade com o Regimento Interno da Câmara e requer envio de oficio ao Diretor/Presidente da Caixa Econômica de Campo-Mourão, solicitando que seja adotado o sistema de senhas para atendimento na lotérica do município de Roncador._x000D_
 _x000D_
 Considerando que a lotérica é um estabelecimento correspondente da Caixa Econômica, porém o prédio onde funciona possui um espaço pequeno e com poucos atendentes e em razão disso e da grande demanda de serviços, diariamente acompanhamos longas filas, onde as pessoas ficam um longo tempo aguardando por atendimentos._x000D_
 O fato do espaço ser pequeno faz com que a filas se estenda para o lado de fora, onde as pessoas ficam expostas as condições climáticas, chuva, sol, frio ou calor, inclusive gestantes, mães com crianças e idosos que apesar de atendimentos prioritários precisam aguardarem a vez, dependendo da quantidade de prioridades no dia, o que causa muito incômodo.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>Vereadores(as), Amadeu Elizio Santos, Antonio Martins, José Carlos da Silva Campos</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1235/requerimento_07.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1235/requerimento_07.docx</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos e Amadeu Elizio Santos, Vereadores que ao presente vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita de Roncador, agradecendo pela construção da ponte de Vista Alegre e parabenizando ao Senhor Jose Zito Malamim, Secretário do Pátio, pela agilidade e competência nas direções do trabalho do pátio solucionando de maneira rápida os serviços essenciais nas comunidades rurais.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1243/requerimento_09.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1243/requerimento_09.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Vereador que ao presente subscreve vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Senhor José Aroldo Martins, Deputado Federal, solicitando que seja disponibilizado recursos para ser destinados a Associação Instituto Regional Beneficente de Roncador, para aquisição de uma esteira para realização de teste ergométricos nos pacientes. _x000D_
 O Instituto Beneficente de Roncador tem como finalidade realizar atendimentos médicos na cidade de Roncador, disponibilizando algumas especialidades, haja vista que em nosso município dispomos apenas de um hospital municipal o qual possui uma grande demanda de atendimento. Portanto para que os atendimentos fossem ampliados a Instituição Beneficente passou a oferecer alguns atendimentos (consultas com especialistas) entre eles eletrocardiograma, porém para que o monitoramento do coração seja completo é necessário a disponibilização de uma esteira para realizar testes ergométricos nos pacientes que se fizerem necessários, para que haja um diagnóstico completo e mais seguro.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/requerimento_09.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/requerimento_09.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Vereador que ao presente subscreve vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Senhor José Aroldo Martins, Deputado Federal, solicitando que seja disponibilizado recursos para ser destinados a Associação Instituto Regional Beneficente de Roncador, para aquisição de uma esteira para realização de teste ergométricos nos pacientes. _x000D_
 O Instituto Beneficente de Roncador tem como finalidade realizar atendimentos médicos na cidade de Roncador, disponibilizando algumas especialidades, haja vista que em nosso município dispomos apenas de um hospital municipal o qual possui uma grande demanda de atendimento.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_08.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_08.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Vereador que ao presente subscreve vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Senhor RICARDO BARROS, Deputado Federal, solicitando que seja disponibilizado recursos para ser destinados a Associação Instituto Regional Beneficente de Roncador, para aquisição de uma esteira para realização de teste ergométricos nos pacientes. _x000D_
 O Instituto Beneficente de Roncador tem como finalidade realizar atendimentos médicos na cidade de Roncador, disponibilizando algumas especialidades, haja vista que em nosso município dispomos apenas de um hospital municipal o qual possui uma grande demanda de atendimento.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/requerimento_12.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/requerimento_12.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva vereador que ao presente subscreve vem na forma do Regimento Interno da Câmara, e requer envio de oficio ao Exmo. Senhor Ricardo Barros, Deputado Federal, solicitando que sejam destinados recursos para aquisição de um aparelho eletrocardiograma, para ser destinado ao Hospital Municipal e uma ambulância equipada com UTI, para atendimento a cidade de Roncador e cidades vizinhas._x000D_
 Considerando que o Município de Roncador possui uma localização central, equipá-lo com uma UTI móvel vai trazer benefícios a todas as cidades (Nova-Cantu, Iretama e Mato-Rico) em seu entorno, pois todas poderão se utilizar deste veículo em situações emergenciais.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/requerimento_13.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/requerimento_13.docx</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos, vereador que ao presente subscreve vem em conformidade com o Regimento Interno da Câmara Municipal, solicitar ao Exmo. Senhor NORBERTO ORTIGARA, Secretário de Estado da Agricultura do Paraná, para que verifiquem a possibilidades de destinar dois botijões de inseminação artificial, para serem destinados às Comunidades Três Estrelas e Distrito de Alto São João município de Roncador._x000D_
 Uma das ações que fomentam a agricultura familiar é a inseminação artificial bovina, como parte da produção leiteira.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>Amadeu Elizio Santos, José Aparecido da Silva, José Carlos da Silva Campos, Maria Apª Lopes Barroso da Silva, Maria Bodnar Markiv, Sebastião Aparecido de Lima, Vereadores(as)</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_55.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_55.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a ser encaminhada a Senhora Marília Perotta Bento Gonçalves Prefeita indicando o pagamento de adicional de insalubridade no percentual de quarenta por cento aos profissionais que estão fazendo frente ao combate da Pandemia do Covid-19._x000D_
 _x000D_
 Justificação._x000D_
 _x000D_
 Neste período de pandemia os profissionais de saúde estão trabalhando mais e se expondo a maiores riscos de contaminação, por esta razão pedimos que seja realizado um estudo para verificar a possibilidade de pagar o adicional de quarenta por cento a estes profissionais, pelo ao menos neste período de pandemia.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/requerimento_15.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/requerimento_15.docx</t>
   </si>
   <si>
     <t>Antônio Martins, vereador que ao presente subscreve vem em conformidade com o Regimento Interno da Câmara Municipal, solicitar envio de oficio ao Exmo. Senhor Ricardo Barros, Deputado Federal solicitando a disponibilização de uma ensiladeira para ser destinada a Associação de Produtores Rurais de Vista Alegre._x000D_
 As associações são organizações que visam o fortalecimento da agricultura desenvolvida pelos pequenos produtores, no entanto estas carecem de auxílio financeiro e de equipamentos para que possa realizar o atendimento as todos os associados.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_16.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_16.docx</t>
   </si>
   <si>
     <t>Antônio Martins, vereador que ao presente subscreve vem em conformidade com o Regimento Interno da Câmara Municipal, solicitar envio de oficio ao Exmo. Senhor Ricardo Barros, Deputado Federal solicitando para contate o Tribunal Superior Eleitoral (TSE) a fim de reivindicar a abertura de novo prazo para regularização dos cadastros eleitorais, haja vista que em razão da epidemia do coronavírus que estamos vivenciando é necessário abrir um novo prazo para regularização dos títulos, pois muitos cidadãos foram prejudicados pois não conseguiram regularizar os documentos, devido a situação emergencial de epidemia que todos estamos vivenciando.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_17.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_17.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, Vereador que ao presente subscreve vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Senhor José Aroldo Martins, Deputado Federal, solicitando que seja disponibilizado recursos para ser destinados a Associação Instituto Regional Beneficente de Roncador, para aquisição de um aparelho oftalmo para atender a população.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_18.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_18.docx</t>
   </si>
   <si>
     <t>Antônio Martins, Vereador que ao presente subscreve vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Senhor Ricardo Barros, Deputado Federal, solicitando que inclua emenda orçamentária o valor de R$50.000,00 (cinquenta Mil Reais) destinando recursos para o Município de Roncador, para que possamos realizar reforma e readequação de prédio municipal para atender a escola Antônio Dziubate/APAE de Roncador._x000D_
 _x000D_
 A escola APAE atualmente funciona em um prédio alugado, porém o município está disponibilizando um espaço onde funcionava a antiga creche municipal para que seja utilizado por esta escola, no entanto é necessário realizar algumas reformas para adaptar o espaço e atender as necessidades dos alunos, mas apesar dos esforços de toda a comunidade os gastos estão sendo altos e não estamos conseguindo realizar todas as obras necessárias para as adequações, neste sentido estamos solicitamos que empenhe esforços para destinar uma emenda parlamentar no valor de cinquenta mil reais para que possamos auxiliar esta instituição escolar que tem grande relevância social.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_59.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_59.docx</t>
   </si>
   <si>
     <t>Senhor Presidente, José Carlos da Silva Campos, apresento a V. Exa. Nos termos do art. 130, §1º, inciso I, do Regimento Interno a presente indicação a Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita de Roncador, solicitando que realizados estudos da possibilidade de construir uma lombada (quebra-molas) no km 01 da Rodovia Vassílio Boiko, saída para Iretama.   _x000D_
 _x000D_
 Justificação._x000D_
 Considerando que a Rodovia Vassilio Boiko possui um movimento bastante intenso com veículos de grande porte e neste trecho além do bairro residencial  também está sendo construído o parque do lago, isso fará com que aumente a movimentação além disso neste trecho há uma elevação na pista que dificulta a visibilidade dos motoristas, por este motivo é importante que seja construído uma lombada e com as devidas sinalizações para alertar aos motoristas  a necessidade de diminuírem a velocidade neste trecho.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_19.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_19.docx</t>
   </si>
   <si>
     <t>Isaías Marques Siqueira, Pedro Ferreira de Castro Vereadores que ao presente subscrevem vêm em conformidade com o Regimento Interno da Câmara e requer envio de ofício ao Exmo. Pedro Lupion, Deputado Federal, solicitando que seja verificado a possibilidade de se destinar recursos ao município de Roncador para ser destinado a comunidade de Vista Alegre para a canalização e distribuição de água do poço artesiano daquela comunidade._x000D_
 _x000D_
 Considerando que temos uma carência de recursos hídricos naquela região, porém foi perfurado um poço artesiano para atender as famílias da comunidade de Vista Alegre, mas até a presente data não foram realizados os encanamentos e a distribuição da água para as famílias.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/requerimento_23.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/requerimento_23.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva Vereador que ao presente subscrevem vem em conformidade com o Regimento Interno da Câmara e requer envio de oficio ao Ilmo. Senhor Richard Hatworne, responsável pela lotérica de Roncador solicitando que seja disponibilizado um espaço mais amplo com cadeiras para acomodar as pessoas que necessitem de atendimentos prioritários na casa lotérica de nossa cidade, solicita também se possível que seja instalado uma cobertura para proteger as pessoas enquanto aguardem os atendimentos e que seja adotado o sistema de distribuição de senhas para agilizar os atendimentos</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/requerimento_25.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/requerimento_25.docx</t>
   </si>
   <si>
     <t>Requer envio de oficio de Condolências a Servidora Eliane Santos e seus familiares pelo falecimento do seu esposo Dirceu Santos._x000D_
 Estamos profundamente comovidos pela partida inesperada do Senhor Dirceu, porém neste momento de dor, nos unimos em oração para pedir a Deus que conforte o coração de cada pessoa desta família que se encontra dilacerada pelo sentimento de tristeza.</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/requerimento_28.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/requerimento_28.docx</t>
   </si>
   <si>
     <t>José Carlos da Silva Campos, Sebastião Aparecido de Lima vereadores que ao presente subscrevem vem em conformidade com o Regimento Interno da Câmara e requer envio de oficio ao Exmo. Senhor MÀRCIO NUNES, Secretário do Desenvolvimento Sustentável e do Turismo do Estado do Paraná, solicitando a destinação de recursos para perfuração de poços artesianos nas comunidades Serafim, Família Borges e no Distrito de Alto São João._x000D_
 _x000D_
 Estamos vivenciando uma crise hídrica em nossa região e muitas famílias estão sendo assoladas pela falta de água, no entanto é sabido que em nossos subsolos ainda contamos com água potável, porém são necessários recursos financeiros para se realizar a perfuração de poços artesianos.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/requerimento_29.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/requerimento_29.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, vereador que ao presente subscreve vem em conformidade com o Regimento Interno da Câmara, e em nome da Exma. Senhora Marilia Perotta Bento Gonçalves, Prefeita Municipal e Simone Aparecida Gonçalves, Secretaria Municipal de Saúde, solicitar envio de ofício ao Deputado Ricardo Barros, solicitando um mamógrafo (aparelho para realização de mamografia), para ser destinado ao município de Roncador._x000D_
 Mamografia é um tipo de exame de extrema relevância para detecção de câncer de mama aumentando a chances de cura e sobrevida do paciente._x000D_
 Normalmente as mulheres a partir dos quarenta anos recebem a recomendação para realizarem este exame anualmente, porém por não dispormos de um aparelho deslocamos essas pacientes para outras cidades para efetuarem seus exames.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
-    <t>https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/requerimento_30.docx</t>
+    <t>http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/requerimento_30.docx</t>
   </si>
   <si>
     <t>José Aparecido da Silva, vereador que ao presente subscreve vem em conformidade com o Regimento Interno da Câmara, solicitar envio de ofício ao Deputado Michele Caputo, Deputado Estadual, solicitando um mamógrafo (aparelho para realização de mamografia), para ser destinado ao município de Roncador._x000D_
 Mamografia é um tipo de exame de extrema relevância para detecção de câncer de mama aumentando a chances de cura e sobrevida do paciente._x000D_
 As realizações de exames são imprescindíveis para que os tratamentos tenham eficácia, pois quanto antes o diagnóstico de uma enfermidade, maiores são as chances de cura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -2417,67 +2417,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1197/requerimento_04.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_07.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_05.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_06.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_09.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_10.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1205/indicacao_11.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1206/indicacao_12.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1207/indicacao_13.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1208/indicacao_14.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1209/indicacao_15.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1210/indicacao_16.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1211/indicacao_17.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1212/indicacao_18.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_19.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_20.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_21.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_22.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_27.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_28.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_31.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1230/indicacao_33.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1231/indicacao_32.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1233/indicacao_34.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1234/indicacao_35.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1236/indicacao_37.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1239/indicacao_38.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1245/indicacao_43.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1246/indicacao_41.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_40.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_47.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_44.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_45.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_48.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_57.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_57.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_54.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_53.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_59.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/indicacao_60.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/indicacao_61.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/indicacao_62.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/indicacao_65.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/indicacao_66.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/indicacao_67.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/indicacao_64.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1294/indicacao_69.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_70.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/indicacao_68.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_72.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_73.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_71.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_74.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_75.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/indicacao_76.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/indicacao_79.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/indicacao_78.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_80.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_81.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/indicacao_83.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/indicacao_77.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/indicacao_82.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/indicacao_87.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/indicacao_88.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/indicacao_90.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/indicacao_91.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/indicacao_92.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/indicacao_93.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/indicacao_94.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/indicacao_86.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/indicacao_85.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/indicacao_89.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/indicacao_87.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/indicacao_95.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/indicacao_96.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/indicacao_97.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/indicacao_91.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/indicacao_102.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/indicacao_103.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/indicacao_104.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/indicacao_106.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/indicacao_101.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/indicacao_108.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/indicacao_109.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/indicacao_111.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_110.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_113.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_112.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/indicacao_114.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/indicacao_115.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/indicacao_116.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1195/2020_02_14_14_22_32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1196/2020_02_14_14_30_33.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1227/2020_03_23_14_21_15.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1229/2020_03_23_14_27_54.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1232/2020_04_23_08_55_46.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1237/2020_05_03_14_06_07.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1238/2020_05_03_14_06_07.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/2020_06_24_16_49_27.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/2020_06_30_13_50_20.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/2020_07_22_11_18_26.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/2020_06_30_13_50_20.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/2020_07_22_11_22_28.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/2020_08_05_14_22_47.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/2020_09_17_13_49_18.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/2020_11_10_11_00_34.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/2020_11_25_10_30_38.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/2020_11_25_11_00_02.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/2020_12_07_15_03_54.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/2020_12_18_14_38_50.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_01.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_01.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1217/projeto_de_lei_02.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/alteracao_de_lei_1026_2013_percurso_de_onibus.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/demominacao_de_parque_do_lago.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/redutores_de_ar_hidrometro.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/projeto_de_lei_-_tarifa_minima.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/porjeto_de_lei__08_-denominacao_da_praca_recre_hq63aNv.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_05.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1235/requerimento_07.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1243/requerimento_09.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/requerimento_09.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_08.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/requerimento_12.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/requerimento_13.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_55.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/requerimento_15.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_16.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_17.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_18.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_59.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_19.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/requerimento_23.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/requerimento_25.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/requerimento_28.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/requerimento_29.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/requerimento_30.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1192/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1193/indicacao_02.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1194/indicacao_03.docx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1197/requerimento_04.docx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1199/indicacao_07.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1200/indicacao_05.docx" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1202/indicacao_06.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1203/indicacao_09.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1204/indicacao_10.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1205/indicacao_11.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1206/indicacao_12.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1207/indicacao_13.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1208/indicacao_14.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1209/indicacao_15.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1210/indicacao_16.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1211/indicacao_17.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1212/indicacao_18.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1213/indicacao_19.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1214/indicacao_20.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1218/indicacao_21.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1219/indicacao_22.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1223/indicacao_27.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1224/indicacao_28.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1226/indicacao_31.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1230/indicacao_33.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1231/indicacao_32.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1233/indicacao_34.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1234/indicacao_35.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1236/indicacao_37.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1239/indicacao_38.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1245/indicacao_43.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1246/indicacao_41.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1250/indicacao_40.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1252/indicacao_47.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1254/indicacao_44.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1255/indicacao_45.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1256/indicacao_48.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1262/indicacao_57.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1267/indicacao_57.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1268/indicacao_54.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1277/indicacao_53.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1279/indicacao_59.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1280/indicacao_60.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1281/indicacao_61.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1282/indicacao_62.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1283/indicacao_63.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1290/indicacao_65.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1291/indicacao_66.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1292/indicacao_67.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1293/indicacao_64.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1294/indicacao_69.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1295/indicacao_70.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1296/indicacao_68.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1297/indicacao_72.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1298/indicacao_73.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1300/indicacao_71.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1301/indicacao_74.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1303/indicacao_75.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1304/indicacao_76.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1306/indicacao_79.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1307/indicacao_78.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1308/indicacao_80.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1309/indicacao_81.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1311/indicacao_83.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1312/indicacao_77.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1316/indicacao_82.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1317/indicacao_87.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1318/indicacao_88.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1320/indicacao_90.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1321/indicacao_91.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1322/indicacao_92.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1323/indicacao_93.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1324/indicacao_94.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1326/indicacao_86.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1327/indicacao_85.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1328/indicacao_89.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1329/indicacao_87.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1331/indicacao_95.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1332/indicacao_96.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1333/indicacao_97.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1334/indicacao_91.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1340/indicacao_102.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1341/indicacao_103.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1342/indicacao_104.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1344/indicacao_106.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1347/indicacao_101.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1350/indicacao_108.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1352/indicacao_109.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1353/indicacao_111.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1355/indicacao_110.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1356/indicacao_113.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1357/indicacao_112.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1360/indicacao_114.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1367/indicacao_115.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1368/indicacao_116.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1195/2020_02_14_14_22_32.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1196/2020_02_14_14_30_33.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1227/2020_03_23_14_21_15.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1229/2020_03_23_14_27_54.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1232/2020_04_23_08_55_46.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1237/2020_05_03_14_06_07.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1238/2020_05_03_14_06_07.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1270/2020_06_24_16_49_27.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1272/2020_06_30_13_50_20.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1286/2020_07_22_11_18_26.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1287/2020_06_30_13_50_20.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1288/2020_07_22_11_22_28.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1302/2020_08_05_14_22_47.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1336/2020_09_17_13_49_18.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1349/2020_11_10_11_00_34.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1358/2020_11_25_10_30_38.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1359/2020_11_25_11_00_02.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1362/2020_12_07_15_03_54.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1366/2020_12_18_14_38_50.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1215/projeto_de_lei_01.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1216/projeto_de_lei_01.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1217/projeto_de_lei_02.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1258/alteracao_de_lei_1026_2013_percurso_de_onibus.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1259/demominacao_de_parque_do_lago.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1265/redutores_de_ar_hidrometro.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1266/projeto_de_lei_-_tarifa_minima.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1284/porjeto_de_lei__08_-denominacao_da_praca_recre_hq63aNv.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1220/requerimento_05.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1235/requerimento_07.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1243/requerimento_09.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1248/requerimento_09.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1249/requerimento_08.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1251/requerimento_12.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1253/requerimento_13.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1261/indicacao_55.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1264/requerimento_15.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1273/requerimento_16.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1275/requerimento_17.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1276/requerimento_18.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1278/indicacao_59.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1285/requerimento_19.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1335/requerimento_23.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1338/requerimento_25.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1361/requerimento_28.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1363/requerimento_29.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.roncador.pr.leg.br/media/sapl/public/materialegislativa/2020/1364/requerimento_30.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H151"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="227.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>