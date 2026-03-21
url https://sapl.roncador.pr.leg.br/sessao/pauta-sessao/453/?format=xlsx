--- v0 (2026-02-01)
+++ v1 (2026-03-21)
@@ -10,149 +10,161 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="66" uniqueCount="40">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 1 de 2026</t>
   </si>
   <si>
+    <t>Irene Kozak do Bonfim,Adriana de Freitas</t>
+  </si>
+  <si>
+    <t>Indicação a Ilma. Senhora LUANA TAMARA DA SILVA, Diretora de Planejamento Municipal de Roncador, "COBRANDO ATENDIMENTO A INDICAÇÃO Nº36/2025 CONSTRUÇÃO DE QUEBRA-MOLAS NA RUA SERGIPE ENTRE A RESIDÊNCIA DO SR. NARDO E DO SR. BRUNO THACZUK NA RUA SERGIPE, CIDADE DE RONCADOR/PR. (PRÓXIMO A FAZENDA DO SR. TIAGO)"</t>
+  </si>
+  <si>
+    <t>ENCAMINHAMENTO DA MATÉRIA</t>
+  </si>
+  <si>
+    <t>Indicação nº 2 de 2026</t>
+  </si>
+  <si>
+    <t>Irene Kozak do Bonfim</t>
+  </si>
+  <si>
+    <t>Ao Ilmo. Senhor ESMAEL VELOSO DOS SANTOS, Secretário Municipal de Obras e Serviços Públicos, “SOLICITANDO MANUTENÇÃO, COM CORTE E CASCALHAMENTO DA ESTRADA PRINCIPAL DA COMUNIDADE RIO MACACOS</t>
+  </si>
+  <si>
+    <t>Indicação nº 3 de 2026</t>
+  </si>
+  <si>
+    <t>Amadeu Elizio Santos</t>
+  </si>
+  <si>
+    <t>À Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal, “SOLICITANDO A CONTRATAÇÃO DE DUAS COPEIRAS PARA ATENDER AOS SERVIDORES DOS PLANTÕES NOTURNOS NO HOSPITAL MUNICIPAL DE RONCADOR.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 4 de 2026</t>
+  </si>
+  <si>
+    <t>João Altair Albertti Junior</t>
+  </si>
+  <si>
+    <t>Ao Imo. Senhor NILTON CESAR CAMPOS, Secretário Municipal do Desenvolvimento Sustentável e turismo, “SOLICITANDO LIMPEZA DO CEMITÉRIO MUNICIPAL, INSTALAÇÃO DE MAIS PONTOS D'ÁGUA PARA FACILITAR A LIMPEZA DOS TÚMULOS E JAZIGOS E A INSTALAÇÃO DE CÂMERAS DE MONITORAMENTO PARA COIBIR POSSÍVEIS ROUBOS DENTRO DO CEMITÉRIO.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 7 de 2026</t>
+  </si>
+  <si>
+    <t>Sebastião Aparecido de Lima</t>
+  </si>
+  <si>
+    <t>À Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, Prefeita Municipal, “SOLICITANDO AQUISIÇÃO E INSTALAÇÃO DE DOIS APARELHOS DE AR CONDICIONADO NA UBS ATALIBA PAULO MEIADO E UM APARELHO DE AR CONDICIONADO NO CRAS DO DISTRITO DO ALTO SÃO JOÃO.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 8 de 2026</t>
+  </si>
+  <si>
     <t>Adriana de Freitas</t>
   </si>
   <si>
-    <t>À Ilma. Senhora LUANA TAMARA DA SILVA, Diretora de Planejamento Municipal de Roncador, “SOLICITANDO A CONSTRUÇÃO DE DOIS QUEBRA-MOLAS NO MUNICÍPIO DE RONCADOR-PR, UM NA RUA SERGIPE, PRÓXIMO À FAZENDA DO SR. TIAGO E OUTRO NA RUA MARECHAL FLORIANO, EM FRENTE À RESIDÊNCIA DO SR. GILMAR VASSELIK.”</t>
-[...43 lines deleted...]
-  <si>
     <t>INDICAÇÃO Nº 08/2026 - à Exma. Senhora MARÍLIA PEROTTA BENTO GONÇALVES, Prefeita Municipal, “SOLICITANDO A CONTRUÇÃO DE ESTACIONAMENTO NO CANTEIRO CENTRAL DA RUA BRUNO MITELSTEDT NO CONJUNTO PEDRO OTALES MENDES, NO BAIRRO JARDIM ANCHIETA”.</t>
   </si>
   <si>
+    <t>Indicação nº 9 de 2026</t>
+  </si>
+  <si>
+    <t>João Altair Albertti Junior,Sebastião Aparecido de Lima</t>
+  </si>
+  <si>
+    <t>À Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal. “SOLICITANDO ESTUDOS PARA QUE NO CÁLCULO DO REAJUSTE ANUAL DOS SERVIDORES MUNICIPAIS, ALÉM DA REPOSIÇÃO INFLACIONÁRIA, SEJA CALCULADO TAMBÉM, UM AUMENTO REAL EM SEUS SALÁRIOS.”</t>
+  </si>
+  <si>
+    <t>Indicação nº 10 de 2026</t>
+  </si>
+  <si>
+    <t>Indica a Ilma. Senhora LUANA TAMARA DA SILVA, Diretora de Planejamento Municipal de Roncador, a construção de um quebra-molas, na rua Marechal Floriano, próximo a residência do Senhor Gilmar Vasselik, cidade de Roncador/PR.</t>
+  </si>
+  <si>
     <t>Requerimento nº 1 de 2026</t>
   </si>
   <si>
     <t>Requer envio de ofício a Exma. Senhora MARIA VITÓRIA, Deputada Estadual, "Solicitando a inclusão do município de Roncador-PR no sexto ciclo do Programa Permanente de Esterilização de Cães e Gatos (CastraPet Paraná), promovido pela Secretaria de Estado do Desenvolvimento Sustentável (Sedest), com apoio das prefeituras, busca o controle populacional de cães e gatos e prevenção de zoonoses."</t>
   </si>
   <si>
     <t>Requerimento nº 2 de 2026</t>
   </si>
   <si>
     <t>Requer envio de ofício à Exma senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal, solicitando “Organização de um mutirão para confecção de documentos do novo Registro Geral (R.G.) (Carteira de Identidade) para atender principalmente os idosos, aposentados e pessoas inscritas no Cadastro Único (CAD Único) do nosso município.”</t>
   </si>
   <si>
     <t>Requerimento nº 4 de 2026</t>
   </si>
   <si>
     <t>Requer envio de ofício ao Ilmo. Senhor ALEXANDRE CASTRO FERNANDES, Diretor de Operações – DER/PR.  “Solicitando informações a respeito da obra de asfaltamento da rodovia entre os municípios de Mato Rico e Roncador”</t>
-  </si>
-[...4 lines deleted...]
-    <t>Requer envio de ofício à Exma. Senhora MARILIA PEROTTA BENTO GONÇALVES, Prefeita Municipal, “Sugerindo que no cálculo do reajuste anual dos servidores municipais, além da reposição inflacionária, seja calculado um aumento real em seus salários.”</t>
   </si>
   <si>
     <t>Indicação Legislativa nº 1 de 2026</t>
   </si>
   <si>
     <t>Jenauro Hruba</t>
   </si>
   <si>
     <t>"Sugere à Chefe do Poder Executivo Municipal o encaminhamento de Projeto de Lei à Câmara Municipal dispondo sobre o pagamento de valores retroativos decorrentes do restabelecimento da contagem integral do tempo de serviço dos servidores públicos municipais, nos termos da Lei Complementar Federal nº 226, que revogou os efeitos restritivos da Lei Complementar nº 173/2020."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
@@ -453,87 +465,87 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="26.42578125" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="49.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2">
-        <v>3105</v>
+        <v>3115</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
         <v>7</v>
       </c>
       <c r="D2" t="s">
         <v>8</v>
       </c>
       <c r="E2" t="s">
         <v>9</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3">
         <v>3099</v>
       </c>
       <c r="B3" t="s">
         <v>6</v>
       </c>
       <c r="C3" t="s">
@@ -598,156 +610,176 @@
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>21</v>
       </c>
       <c r="E6" t="s">
         <v>22</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7">
         <v>3113</v>
       </c>
       <c r="B7" t="s">
         <v>6</v>
       </c>
       <c r="C7" t="s">
         <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E7" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8">
-        <v>3104</v>
+        <v>3114</v>
       </c>
       <c r="B8" t="s">
         <v>6</v>
       </c>
       <c r="C8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>8</v>
+        <v>27</v>
       </c>
       <c r="E8" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9">
-        <v>3106</v>
+        <v>3116</v>
       </c>
       <c r="B9" t="s">
         <v>6</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D9" t="s">
-        <v>8</v>
+        <v>24</v>
       </c>
       <c r="E9" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="B10" t="s">
         <v>6</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11">
-        <v>3112</v>
+        <v>3106</v>
       </c>
       <c r="B11" t="s">
         <v>6</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12">
+        <v>3102</v>
+      </c>
+      <c r="B12" t="s">
+        <v>6</v>
+      </c>
+      <c r="C12" t="s">
+        <v>35</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>36</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13">
         <v>3110</v>
       </c>
-      <c r="B12" t="s">
-[...11 lines deleted...]
-      <c r="F12" t="s">
+      <c r="B13" t="s">
+        <v>6</v>
+      </c>
+      <c r="C13" t="s">
+        <v>37</v>
+      </c>
+      <c r="D13" t="s">
+        <v>38</v>
+      </c>
+      <c r="E13" t="s">
+        <v>39</v>
+      </c>
+      <c r="F13" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">